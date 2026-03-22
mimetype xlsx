--- v0 (2025-12-13)
+++ v1 (2026-03-22)
@@ -7,6338 +7,5589 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="February Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="595">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="521" uniqueCount="521">
   <si>
     <t>Security Description</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Shares/Par</t>
   </si>
   <si>
     <t>Market Value (USD)</t>
   </si>
   <si>
-    <t xml:space="preserve">ACG HOLDCO 1 LTD 14.75% 01/13/2029 14.75 20290113                                                                               </t>
+    <t xml:space="preserve">AERCAP IRELAND CAP DESIGNATED SR GLBL NT 20281029 3.000%                                                                        </t>
   </si>
   <si>
     <t xml:space="preserve">US    </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>$305,499.00</t>
-[...20 lines deleted...]
-    <t>$592,210.30</t>
+    <t>$1,245,209.60</t>
   </si>
   <si>
     <t xml:space="preserve">AIR LIQUIDE                                                                                                                     </t>
   </si>
   <si>
     <t xml:space="preserve">AIQUY       </t>
   </si>
   <si>
-    <t>$1,281,827.40</t>
-[...17 lines deleted...]
-    <t>$63,204.83</t>
+    <t>$1,213,510.05</t>
   </si>
   <si>
     <t xml:space="preserve">ALBEMARLE CORP                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">ALB         </t>
   </si>
   <si>
-    <t>$712,604.53</t>
-[...8 lines deleted...]
-    <t>$50,320.00</t>
+    <t>$242,812.53</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDER FDG TR II SR SEC GLBL 20280731 7.467%                                                                                 </t>
   </si>
   <si>
-    <t>$1,310,048.40</t>
-[...5 lines deleted...]
-    <t>$2,772,316.20</t>
+    <t>$1,309,974.60</t>
   </si>
   <si>
     <t xml:space="preserve">ALLO ISSUER LLC - A- . 20530620 6.200%                                                                                          </t>
   </si>
   <si>
-    <t>$1,575,981.72</t>
+    <t>$1,568,072.69</t>
   </si>
   <si>
     <t xml:space="preserve">ALPHABET INC CAP STK CL A                                                                                                       </t>
   </si>
   <si>
     <t xml:space="preserve">GOOGL       </t>
   </si>
   <si>
-    <t>$2,098,871.28</t>
+    <t>$1,936,964.88</t>
   </si>
   <si>
     <t xml:space="preserve">AMAZON COM INC                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">AMZN        </t>
   </si>
   <si>
-    <t>$2,248,257.48</t>
-[...14 lines deleted...]
-    <t>$1,342,891.80</t>
+    <t>$2,697,870.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMPHENOL CORP NEW                                                                                                               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">APH         </t>
+  </si>
+  <si>
+    <t>$596,801.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APOLLO GLOBAL MGMT INC SR GLBL NT 20350812 5.150%                                                                               </t>
+  </si>
+  <si>
+    <t>$1,099,643.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APPLIED MATLS INC                                                                                                               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMAT        </t>
+  </si>
+  <si>
+    <t>$1,067,011.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML HOLDING N V N Y REGISTRY SHS                                                                                               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML        </t>
+  </si>
+  <si>
+    <t>$968,974.08</t>
   </si>
   <si>
     <t xml:space="preserve">ASTRAZENECA PLC                                                                                                                 </t>
   </si>
   <si>
     <t xml:space="preserve">AZN         </t>
   </si>
   <si>
-    <t>$2,937,971.71</t>
+    <t>$589,705.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATLAS WHSE LENDING CO LP SR 144A NT 30 4.95 20301115                                                                            </t>
+  </si>
+  <si>
+    <t>$1,101,628.00</t>
   </si>
   <si>
     <t xml:space="preserve">ATLASSIAN CORPORATION CL A                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">TEAM        </t>
   </si>
   <si>
-    <t>$38,375.10</t>
-[...23 lines deleted...]
-    <t>$29,995.06</t>
+    <t>$248,304.65</t>
   </si>
   <si>
     <t xml:space="preserve">BAE SYS PLC                                                                                                                     </t>
   </si>
   <si>
     <t xml:space="preserve">BAESY       </t>
   </si>
   <si>
-    <t>$596,827.00</t>
-[...5 lines deleted...]
-    <t>$49,091.97</t>
+    <t>$1,081,839.98</t>
   </si>
   <si>
     <t xml:space="preserve">BANK AMERICA CORP FR . 20320422 2.687%                                                                                          </t>
   </si>
   <si>
-    <t>$2,023,701.00</t>
+    <t>$1,898,136.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BECLE SAB DE CV SR A NT. 20311014 2.500%                                                                                        </t>
+  </si>
+  <si>
+    <t>$1,096,575.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENTLEY SYS INC                                                                                                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BSY         </t>
+  </si>
+  <si>
+    <t>$602,965.35</t>
   </si>
   <si>
     <t xml:space="preserve">BLACKROCK INC COM                                                                                                               </t>
   </si>
   <si>
     <t xml:space="preserve">BLK         </t>
   </si>
   <si>
-    <t>$571,023.52</t>
+    <t>$1,165,300.08</t>
   </si>
   <si>
     <t xml:space="preserve">BMO MTG TR -C A- FLT 20571119 5.566%                                                                                            </t>
   </si>
   <si>
-    <t>$588,006.59</t>
-[...20 lines deleted...]
-    <t>$367,951.39</t>
+    <t>$595,293.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX 2026-CSMO A 5.05% 02/15/2042 5.05 20420215                                                                                   </t>
+  </si>
+  <si>
+    <t>$1,050,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">CADENCE DESIGN SYSTEM INC                                                                                                       </t>
   </si>
   <si>
     <t xml:space="preserve">CDNS        </t>
   </si>
   <si>
-    <t>$1,547,839.50</t>
-[...23 lines deleted...]
-    <t>$2,687,280.00</t>
+    <t>$1,084,437.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAMERON LNG LLC SR SEC GLBL 20350115 3.302%                                                                                     </t>
+  </si>
+  <si>
+    <t>$1,133,132.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPITAL ONE FINL CORP SR GLBL NT 20340608 6.377%                                                                                </t>
+  </si>
+  <si>
+    <t>$2,439,315.00</t>
   </si>
   <si>
     <t xml:space="preserve">CAPTERIS EQUIPMNT FIN - LLC A- . 20320720 5.580%                                                                                </t>
   </si>
   <si>
-    <t>$1,139,901.21</t>
-[...5 lines deleted...]
-    <t>$625,116.25</t>
+    <t>$828,330.63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CARDINAL HEALTH INC                                                                                                             </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAH         </t>
+  </si>
+  <si>
+    <t>$271,408.32</t>
   </si>
   <si>
     <t xml:space="preserve">CBRE GROUP INC                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">CBRE        </t>
   </si>
   <si>
-    <t>$2,020,090.08</t>
-[...8 lines deleted...]
-    <t>$541,906.20</t>
+    <t>$1,020,035.28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CENCORA INC COM                                                                                                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COR         </t>
+  </si>
+  <si>
+    <t>$277,616.44</t>
   </si>
   <si>
     <t xml:space="preserve">CENOVUS ENERGY INC SR NT . 20391115 6.750%                                                                                      </t>
   </si>
   <si>
-    <t>$1,990,819.00</t>
+    <t>$2,023,417.10</t>
   </si>
   <si>
     <t xml:space="preserve">CF HIPPOLYTA ISSUER - B- . 20600715 2.280%                                                                                      </t>
   </si>
   <si>
-    <t>$2,644,247.76</t>
+    <t>$1,741,276.92</t>
   </si>
   <si>
     <t xml:space="preserve">CIM TR -INV A- FLT 20490225 4.000%                                                                                              </t>
   </si>
   <si>
-    <t>$45,050.35</t>
-[...29 lines deleted...]
-    <t>$1,971,092.80</t>
+    <t>$32,643.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITIGROUP INC SR GLBL NT 20310911 4.503%                                                                                        </t>
+  </si>
+  <si>
+    <t>$1,642,436.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITIZENS FINL GROUP INC SUB GLBL NT 20360129 5.299%                                                                             </t>
+  </si>
+  <si>
+    <t>$1,115,136.00</t>
   </si>
   <si>
     <t xml:space="preserve">COGENT IPV LLC, - A- . 20540525 7.924%                                                                                          </t>
   </si>
   <si>
-    <t>$885,598.94</t>
+    <t>$888,660.21</t>
   </si>
   <si>
     <t xml:space="preserve">COMMONBOND ST LN TR -A-GS A- . 20470125 2.540%                                                                                  </t>
   </si>
   <si>
-    <t>$522,689.80</t>
-[...8 lines deleted...]
-    <t>$1,108,384.80</t>
+    <t>$443,768.97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMPANHIA DE SANEAMENTO BASI                                                                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBS         </t>
+  </si>
+  <si>
+    <t>$699,052.94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONSTELLATION SOFTWARE INC SR A NT 20340216 5.461%                                                                              </t>
+  </si>
+  <si>
+    <t>$1,096,458.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COOPER COS INC COM                                                                                                              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COO         </t>
+  </si>
+  <si>
+    <t>$1,103,439.96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORNELL UNIVERSITY GLBL - BD 20300615 4.169%                                                                                    </t>
+  </si>
+  <si>
+    <t>$2,255,231.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORPORACION NACIONAL DEL COBRE SR A NT 20370130 5.529%                                                                          </t>
+  </si>
+  <si>
+    <t>$1,664,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">CSMC TRUST -IVR A- FLT 20430525 2.500%                                                                                          </t>
   </si>
   <si>
-    <t>$230,844.62</t>
+    <t>$221,993.82</t>
   </si>
   <si>
     <t xml:space="preserve">CSMC TRUST -TH A- FLT 20430225 2.130%                                                                                           </t>
   </si>
   <si>
-    <t>$132,362.02</t>
-[...17 lines deleted...]
-    <t>$589,207.36</t>
+    <t>$126,563.92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D R HORTON INC SR GLBL NT 20301015 4.850%                                                                                       </t>
+  </si>
+  <si>
+    <t>$1,197,154.80</t>
   </si>
   <si>
     <t xml:space="preserve">DATABANK ISSUER LLC - A- . 20511025 2.400%                                                                                      </t>
   </si>
   <si>
-    <t>$1,557,744.55</t>
+    <t>$1,605,477.63</t>
   </si>
   <si>
     <t xml:space="preserve">DATABANK ISSUER LLC - A- . 20530225 5.116%                                                                                      </t>
   </si>
   <si>
-    <t>$1,491,802.95</t>
+    <t>$1,499,530.35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPOSITORY TR n CLEARING CORP PERP SUB -D A 00000000 3.375%                                                                     </t>
+  </si>
+  <si>
+    <t>$496,345.00</t>
   </si>
   <si>
     <t xml:space="preserve">DEUTSCHE BOERSE ADR                                                                                                             </t>
   </si>
   <si>
     <t xml:space="preserve">DBOEY       </t>
   </si>
   <si>
-    <t>$601,031.75</t>
-[...8 lines deleted...]
-    <t>$99,535.49</t>
+    <t>$486,603.23</t>
   </si>
   <si>
     <t xml:space="preserve">DEUTSCHE POST AG                                                                                                                </t>
   </si>
   <si>
     <t xml:space="preserve">DHLGY       </t>
   </si>
   <si>
-    <t>$1,196,322.96</t>
-[...11 lines deleted...]
-    <t>$1,317,950.00</t>
+    <t>$578,516.34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DISNEY WALT CO SR GLBL NT 20371115 6.650%                                                                                       </t>
+  </si>
+  <si>
+    <t>$1,062,747.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUKE ENERGY FLA LLC M GLBL BD. 20380615 6.400%                                                                                  </t>
+  </si>
+  <si>
+    <t>$2,356,284.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EAGLE FDG LUXCO S A R L SR GLBL A 20300817 5.500%                                                                               </t>
+  </si>
+  <si>
+    <t>$1,398,911.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EAGLE MATLS INC SR GLBL NT 20360315 5.000%                                                                                      </t>
+  </si>
+  <si>
+    <t>$1,099,366.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECMC GROUP ST LN TR - A FLT 20741126 4.747%                                                                                     </t>
+  </si>
+  <si>
+    <t>$1,435,174.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ELEVANCE HEALTH INC COM                                                                                                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ELV         </t>
+  </si>
+  <si>
+    <t>$1,390,080.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENERGY TRANSFER L P SR GLBL NT 20310115 4.550%                                                                                  </t>
+  </si>
+  <si>
+    <t>$1,110,538.00</t>
   </si>
   <si>
     <t xml:space="preserve">ENERGY TRANSFER L P SR NT . 20420201 6.500%                                                                                     </t>
   </si>
   <si>
-    <t>$1,998,693.90</t>
-[...32 lines deleted...]
-    <t>$1,075,395.44</t>
+    <t>$2,022,451.20</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC GIANT MBS GOLD COMB . 20380201 6.000%                                                                                     </t>
   </si>
   <si>
-    <t>$115,623.90</t>
+    <t>$100,084.55</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC GIANT MBS GOLD COMB . 20400401 6.000%                                                                                     </t>
   </si>
   <si>
-    <t>$16,090.52</t>
+    <t>$14,518.39</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC GIANT MBS GOLD COMB . 20400501 6.000%                                                                                     </t>
   </si>
   <si>
-    <t>$90,274.02</t>
+    <t>$80,407.27</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC MBS GOLD CASH . 20331201 4.500%                                                                                           </t>
   </si>
   <si>
-    <t>$27,616.72</t>
+    <t>$23,772.71</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC MBS GOLD CASH . 20340501 4.500%                                                                                           </t>
   </si>
   <si>
-    <t>$259,423.64</t>
+    <t>$207,637.85</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC MBS GOLD COMB . 20400701 4.500%                                                                                           </t>
   </si>
   <si>
-    <t>$392,033.71</t>
+    <t>$369,093.39</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC REMIC SERIES CP . 20490625 2.500%                                                                                         </t>
   </si>
   <si>
-    <t>$1,477,158.06</t>
+    <t>$1,367,971.81</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC SUPER Y FIXED . 20500201 3.000%                                                                                           </t>
   </si>
   <si>
-    <t>$2,492,356.09</t>
+    <t>$2,368,875.76</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC SUPER Y FIXED . 20520701 5.500%                                                                                           </t>
   </si>
   <si>
-    <t>$3,275,502.83</t>
-[...5 lines deleted...]
-    <t>$1,146,583.15</t>
+    <t>$2,936,202.98</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC UMBS Y FIXED . 20420701 3.500%                                                                                            </t>
   </si>
   <si>
-    <t>$1,019,052.03</t>
+    <t>$965,282.92</t>
   </si>
   <si>
     <t xml:space="preserve">FHLMC UMBS Y FIXED . 20421001 4.000%                                                                                            </t>
   </si>
   <si>
-    <t>$2,117,843.74</t>
-[...5 lines deleted...]
-    <t>$567,241.45</t>
+    <t>$1,967,789.72</t>
   </si>
   <si>
     <t xml:space="preserve">FIN OF AMER STRU SECS -S A . 20721225 3.000%                                                                                    </t>
   </si>
   <si>
-    <t>$1,099,962.50</t>
-[...17 lines deleted...]
-    <t>$911,177.54</t>
+    <t>$1,051,670.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIP MASTER FUNDING LLC 4.9 20560315                                                                                             </t>
+  </si>
+  <si>
+    <t>$1,410,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIRST AMERN FINL CORP                                                                                                           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAF         </t>
+  </si>
+  <si>
+    <t>$619,421.85</t>
   </si>
   <si>
     <t xml:space="preserve">FLEXENTIAL ISSUER LLC - A- . 20511127 3.250%                                                                                    </t>
   </si>
   <si>
-    <t>$2,491,163.74</t>
-[...5 lines deleted...]
-    <t>$437,307.12</t>
+    <t>$1,174,966.45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FNMA MEGA WGTD AVG MEGA . 20490101 5.621%                                                                                       </t>
+  </si>
+  <si>
+    <t>$391,248.60</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA REMC TRUST - WJ . 20501025 1.500%                                                                                          </t>
   </si>
   <si>
-    <t>$859,760.75</t>
+    <t>$816,349.26</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA REMIC TRUST - KP . 20470725 3.500%                                                                                         </t>
   </si>
   <si>
-    <t>$29,463.49</t>
+    <t>$11,753.68</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA REMIC TRUST - PA . 20480325 3.000%                                                                                         </t>
   </si>
   <si>
-    <t>$1,350,112.00</t>
+    <t>$1,274,715.40</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER INT YEAR . 20430501 5.000%                                                                                           </t>
   </si>
   <si>
-    <t>$3,184,614.74</t>
+    <t>$2,844,402.29</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20380401 5.000%                                                                                           </t>
   </si>
   <si>
-    <t>$5,539.20</t>
+    <t>$4,920.37</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20380401 6.000%                                                                                           </t>
   </si>
   <si>
-    <t>$137,032.19</t>
+    <t>$121,852.50</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20380701 6.000%                                                                                           </t>
   </si>
   <si>
-    <t>$171,790.32</t>
+    <t>$148,758.97</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20381001 6.000%                                                                                           </t>
   </si>
   <si>
-    <t>$23,596.32</t>
+    <t>$20,916.98</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20390701 6.000%                                                                                           </t>
   </si>
   <si>
-    <t>$157,295.17</t>
+    <t>$138,585.16</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20400101 6.000%                                                                                           </t>
   </si>
   <si>
-    <t>$165,356.86</t>
+    <t>$140,014.43</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20400201 6.000%                                                                                           </t>
   </si>
   <si>
-    <t>$66,904.98</t>
+    <t>$58,622.03</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20400601 6.000%                                                                                           </t>
   </si>
   <si>
-    <t>$270,806.36</t>
+    <t>$241,241.05</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20411201 4.500%                                                                                           </t>
   </si>
   <si>
-    <t>$283,974.41</t>
+    <t>$263,084.94</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20430601 4.000%                                                                                           </t>
   </si>
   <si>
-    <t>$143,538.30</t>
+    <t>$132,736.74</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA SUPER LNG YEAR . 20500301 3.000%                                                                                           </t>
   </si>
   <si>
-    <t>$1,789,968.72</t>
-[...17 lines deleted...]
-    <t>$3,257,905.32</t>
+    <t>$1,698,705.51</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS INT YEAR . 20340201 4.500%                                                                                            </t>
   </si>
   <si>
-    <t>$188,772.63</t>
+    <t>$167,903.96</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS INT YEAR . 20340501 4.500%                                                                                            </t>
   </si>
   <si>
-    <t>$182,924.60</t>
+    <t>$147,501.41</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS INT YEAR . 20401201 2.500%                                                                                            </t>
   </si>
   <si>
-    <t>$1,824,359.99</t>
+    <t>$1,716,324.09</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS INT YEAR . 20420601 3.500%                                                                                            </t>
   </si>
   <si>
-    <t>$1,002,409.78</t>
+    <t>$936,887.75</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS INT YEAR . 20420601 4.000%                                                                                            </t>
   </si>
   <si>
-    <t>$2,485,448.78</t>
+    <t>$1,239,431.60</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS INT YEAR . 20430201 5.000%                                                                                            </t>
   </si>
   <si>
-    <t>$1,486,810.61</t>
+    <t>$1,272,294.27</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20360901 6.500%                                                                                            </t>
   </si>
   <si>
-    <t>$31,186.60</t>
+    <t>$25,175.43</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20380101 5.000%                                                                                            </t>
   </si>
   <si>
-    <t>$5,300.98</t>
+    <t>$5,086.52</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20380501 5.000%                                                                                            </t>
   </si>
   <si>
-    <t>$19,904.52</t>
+    <t>$16,524.97</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20380801 6.000%                                                                                            </t>
   </si>
   <si>
-    <t>$2,176.38</t>
+    <t>$2,090.56</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20380901 6.000%                                                                                            </t>
   </si>
   <si>
-    <t>$8,231.92</t>
-[...2 lines deleted...]
-    <t>$13,969.64</t>
+    <t>$7,899.86</t>
+  </si>
+  <si>
+    <t>$11,646.81</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20381201 6.000%                                                                                            </t>
   </si>
   <si>
-    <t>$6,218.66</t>
+    <t>$5,485.42</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20390101 5.000%                                                                                            </t>
   </si>
   <si>
-    <t>$30,190.24</t>
-[...2 lines deleted...]
-    <t>$10,710.51</t>
+    <t>$9,703.15</t>
+  </si>
+  <si>
+    <t>$28,287.42</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20390201 5.000%                                                                                            </t>
   </si>
   <si>
-    <t>$12,838.11</t>
+    <t>$12,157.84</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20390801 6.000%                                                                                            </t>
   </si>
   <si>
-    <t>$107,152.64</t>
+    <t>$103,661.79</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20391101 5.000%                                                                                            </t>
   </si>
   <si>
-    <t>$11,702.90</t>
-[...2 lines deleted...]
-    <t>$24,479.71</t>
+    <t>$11,261.81</t>
+  </si>
+  <si>
+    <t>$19,670.45</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20391201 4.500%                                                                                            </t>
   </si>
   <si>
-    <t>$258,979.00</t>
+    <t>$223,135.74</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20391201 5.000%                                                                                            </t>
   </si>
   <si>
-    <t>$15,095.38</t>
+    <t>$14,000.02</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20400101 5.000%                                                                                            </t>
   </si>
   <si>
-    <t>$19,495.74</t>
+    <t>$17,346.22</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20410801 4.000%                                                                                            </t>
   </si>
   <si>
-    <t>$127,650.56</t>
+    <t>$118,444.93</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20420101 3.500%                                                                                            </t>
   </si>
   <si>
-    <t>$62,366.43</t>
+    <t>$57,461.55</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20460501 4.000%                                                                                            </t>
   </si>
   <si>
-    <t>$71,146.20</t>
+    <t>$63,338.61</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20461001 4.000%                                                                                            </t>
   </si>
   <si>
-    <t>$90,520.57</t>
+    <t>$90,321.90</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20461201 4.000%                                                                                            </t>
   </si>
   <si>
-    <t>$102,239.28</t>
+    <t>$87,892.33</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20470201 4.500%                                                                                            </t>
   </si>
   <si>
-    <t>$118,807.47</t>
-[...11 lines deleted...]
-    <t>$17,116.14</t>
+    <t>$118,870.40</t>
   </si>
   <si>
     <t xml:space="preserve">FNMA UMBS LNG YEAR . 20521101 5.500%                                                                                            </t>
   </si>
   <si>
-    <t>$858,655.04</t>
-[...8 lines deleted...]
-    <t>$1,246,689.46</t>
+    <t>$764,869.01</t>
   </si>
   <si>
     <t xml:space="preserve">GNMA PASS-THRU X SINGLE FAMILY . 20371115 5.500%                                                                                </t>
   </si>
   <si>
-    <t>$23,742.72</t>
+    <t>$22,541.27</t>
   </si>
   <si>
     <t xml:space="preserve">GOLDEN PEAR FUNDING HOLDCO LLC SR A NT 20280302 10.000%                                                                         </t>
   </si>
   <si>
     <t>$214,291.00</t>
   </si>
   <si>
     <t xml:space="preserve">GS MBS TR -PJ A- FLT 20520225 2.500%                                                                                            </t>
   </si>
   <si>
-    <t>$948,576.90</t>
+    <t>$879,102.69</t>
   </si>
   <si>
     <t xml:space="preserve">GS MBS TR -PJ A- FLT 20520525 2.500%                                                                                            </t>
   </si>
   <si>
-    <t>$1,461,296.46</t>
-[...5 lines deleted...]
-    <t>$1,238,365.08</t>
+    <t>$1,371,981.29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GS MRTG BCK SEC TR -INV A- FLT 20511225 4.547%                                                                                  </t>
+  </si>
+  <si>
+    <t>$1,167,107.72</t>
   </si>
   <si>
     <t xml:space="preserve">GS MTG -BACK SEC TR -PJ A- FLT 20511125 2.500%                                                                                  </t>
   </si>
   <si>
-    <t>$940,253.80</t>
-[...20 lines deleted...]
-    <t>$54,083.12</t>
+    <t>$876,882.36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK PLC SPONSORED ADR                                                                                                           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK         </t>
+  </si>
+  <si>
+    <t>$651,908.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HALMA PLC                                                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HALMY       </t>
+  </si>
+  <si>
+    <t>$644,079.68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEICO CORP NEW                                                                                                                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEI A       </t>
+  </si>
+  <si>
+    <t>$520,318.37</t>
   </si>
   <si>
     <t xml:space="preserve">HERMES INTL SCA                                                                                                                 </t>
   </si>
   <si>
     <t xml:space="preserve">HESAY       </t>
   </si>
   <si>
-    <t>$605,446.30</t>
+    <t>$1,090,835.32</t>
   </si>
   <si>
     <t xml:space="preserve">HUNTINGTON BANCSHARES INC GLBL NT . 20300204 2.550%                                                                             </t>
   </si>
   <si>
-    <t>$1,276,367.00</t>
+    <t>$1,337,029.40</t>
   </si>
   <si>
     <t xml:space="preserve">ICAHN ENTERPRISES LPCORP SR SEC GLBL 20291115 10.000%                                                                           </t>
   </si>
   <si>
-    <t>$335,388.90</t>
+    <t>$325,855.20</t>
   </si>
   <si>
     <t xml:space="preserve">IIP OPER PARTNERSHIP L P SR GLBL NT. 20260525 5.500%                                                                            </t>
   </si>
   <si>
-    <t>$454,346.60</t>
-[...8 lines deleted...]
-    <t>$70,419.34</t>
+    <t>$456,826.00</t>
   </si>
   <si>
     <t xml:space="preserve">IMPERIAL FUND MTG TR -NQM A- FLT 20561125 1.595%                                                                                </t>
   </si>
   <si>
-    <t>$997,523.41</t>
+    <t>$911,611.13</t>
   </si>
   <si>
     <t xml:space="preserve">IMPERIAL FUND MTG TR -NQM A- FLT 20670225 2.493%                                                                                </t>
   </si>
   <si>
-    <t>$1,900,746.37</t>
-[...20 lines deleted...]
-    <t>$344,407.00</t>
+    <t>$1,735,515.40</t>
   </si>
   <si>
     <t xml:space="preserve">INTERCONTINENTAL EXCHANGE INC COM                                                                                               </t>
   </si>
   <si>
     <t xml:space="preserve">ICE         </t>
   </si>
   <si>
-    <t>$645,628.21</t>
-[...23 lines deleted...]
-    <t>$1,322,087.66</t>
+    <t>$529,155.12</t>
   </si>
   <si>
     <t xml:space="preserve">JEFFERIES FINANCIAL GROUP INC SR GLBL NT. 20340414 6.200%                                                                       </t>
   </si>
   <si>
-    <t>$1,884,680.60</t>
-[...8 lines deleted...]
-    <t>$2,024,465.36</t>
+    <t>$2,175,243.20</t>
   </si>
   <si>
     <t xml:space="preserve">JP MORGAN MTG TR - -A- FLT 20290625 3.000%                                                                                      </t>
   </si>
   <si>
-    <t>$119,621.72</t>
+    <t>$48,265.23</t>
   </si>
   <si>
     <t xml:space="preserve">JP MORGAN MTG TR - -A- FLT 20470825 3.500%                                                                                      </t>
   </si>
   <si>
-    <t>$24,043.29</t>
+    <t>$22,355.08</t>
   </si>
   <si>
     <t xml:space="preserve">JP MORGAN MTG TR - A- FLT 20481225 3.500%                                                                                       </t>
   </si>
   <si>
-    <t>$52,983.09</t>
+    <t>$50,754.28</t>
   </si>
   <si>
     <t xml:space="preserve">JPMORGAN CHASE n CO SR GLBL NT 20310324 4.493%                                                                                  </t>
   </si>
   <si>
-    <t>$3,418,929.80</t>
-[...80 lines deleted...]
-    <t>$668,613.00</t>
+    <t>$2,210,040.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAM RESEARCH CORP COM NEW                                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LRCX        </t>
+  </si>
+  <si>
+    <t>$975,555.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEDN 2026-1A A MTGE 6.74 20410225                                                                                               </t>
+  </si>
+  <si>
+    <t>$1,670,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">MASTERCARD INCORPORATED CL A                                                                                                    </t>
   </si>
   <si>
     <t xml:space="preserve">MA          </t>
   </si>
   <si>
-    <t>$2,554,205.92</t>
+    <t>$2,131,939.62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCKESSON CORP                                                                                                                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCK         </t>
+  </si>
+  <si>
+    <t>$278,438.34</t>
   </si>
   <si>
     <t xml:space="preserve">MERCADOLIBRE INC                                                                                                                </t>
   </si>
   <si>
     <t xml:space="preserve">MELI        </t>
   </si>
   <si>
-    <t>$1,200,978.42</t>
+    <t>$903,396.12</t>
   </si>
   <si>
     <t xml:space="preserve">META PLATFORMS INC CL A                                                                                                         </t>
   </si>
   <si>
     <t xml:space="preserve">META        </t>
   </si>
   <si>
-    <t>$3,715,860.20</t>
-[...5 lines deleted...]
-    <t>$667,088.40</t>
+    <t>$2,273,815.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">METROPOLITAN GOVT NASHVILLE AND 5.707 20340701                                                                                  </t>
+  </si>
+  <si>
+    <t>$819,492.75</t>
   </si>
   <si>
     <t xml:space="preserve">MEX BONOS DESARR FIX RT                                                                                                         </t>
   </si>
   <si>
     <t xml:space="preserve">MX    </t>
   </si>
   <si>
-    <t>$40,943.26</t>
+    <t>$52,086.25</t>
   </si>
   <si>
     <t xml:space="preserve">MICROSOFT CORP                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">MSFT        </t>
   </si>
   <si>
-    <t>$2,923,037.37</t>
+    <t>$3,690,185.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONOTARO CO LTD                                                                                                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONOY       </t>
+  </si>
+  <si>
+    <t>$507,893.84</t>
   </si>
   <si>
     <t xml:space="preserve">MOODYS CORP                                                                                                                     </t>
   </si>
   <si>
     <t xml:space="preserve">MCO         </t>
   </si>
   <si>
-    <t>$954,966.30</t>
+    <t>$559,257.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MORGAN STANLEY PRIVATE BANK NA 4NC3 4.213 20300208                                                                              </t>
+  </si>
+  <si>
+    <t>$1,647,806.40</t>
   </si>
   <si>
     <t xml:space="preserve">NASDAQ STOCK MARKET INC                                                                                                         </t>
   </si>
   <si>
     <t xml:space="preserve">NDAQ        </t>
   </si>
   <si>
-    <t>$690,881.88</t>
-[...17 lines deleted...]
-    <t>$294,819.75</t>
+    <t>$524,166.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVIENT EDUCATION LN TR -A A . 20550715 5.020%                                                                                  </t>
+  </si>
+  <si>
+    <t>$1,029,672.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NELNET STUDENT LOAN TR - A- FLT 20370126 4.729%                                                                                 </t>
+  </si>
+  <si>
+    <t>$1,269,702.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEW FORTRESS ENERGY INC LIEN GLBL 20290315 8.750%                                                                               </t>
+  </si>
+  <si>
+    <t>$30,618.75</t>
   </si>
   <si>
     <t xml:space="preserve">NEW RESI MTG LN TR - A- FLT 20550825 3.750%                                                                                     </t>
   </si>
   <si>
-    <t>$231,172.29</t>
+    <t>$199,131.04</t>
   </si>
   <si>
     <t xml:space="preserve">NEW RESI MTG LN TR - A- FLT 20561125 3.750%                                                                                     </t>
   </si>
   <si>
-    <t>$321,778.88</t>
+    <t>$288,122.94</t>
   </si>
   <si>
     <t xml:space="preserve">NEW RESI MTG LN TR - A-FXD FLT 20541125 3.750%                                                                                  </t>
   </si>
   <si>
-    <t>$238,792.86</t>
-[...5 lines deleted...]
-    <t>$664,151.40</t>
+    <t>$213,142.45</t>
   </si>
   <si>
     <t xml:space="preserve">NEWCASTLE COAL INFRASTRUCTURE SR SEC A NT 20270929 4.400%                                                                       </t>
   </si>
   <si>
-    <t>$1,579,734.44</t>
-[...8 lines deleted...]
-    <t>$878,310.50</t>
+    <t>$1,585,813.14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NU HLDGS LTD                                                                                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NU          </t>
+  </si>
+  <si>
+    <t>$1,359,554.84</t>
   </si>
   <si>
     <t xml:space="preserve">NVIDIA CORP                                                                                                                     </t>
   </si>
   <si>
     <t xml:space="preserve">NVDA        </t>
   </si>
   <si>
-    <t>$577,505.16</t>
+    <t>$3,832,088.13</t>
   </si>
   <si>
     <t xml:space="preserve">NYMT LN TR -CP A- . 20610725 2.042%                                                                                             </t>
   </si>
   <si>
-    <t>$1,099,531.00</t>
+    <t>$892,391.78</t>
   </si>
   <si>
     <t xml:space="preserve">OBX TRUST -INV A- FLT 20511225 3.000%                                                                                           </t>
   </si>
   <si>
-    <t>$1,701,337.71</t>
+    <t>$1,642,680.73</t>
   </si>
   <si>
     <t xml:space="preserve">OBX TRUST -NQM A- . 20631125 5.928%                                                                                             </t>
   </si>
   <si>
-    <t>$1,153,710.17</t>
+    <t>$823,951.70</t>
   </si>
   <si>
     <t xml:space="preserve">OPEN INFRA US ASSETS AB (PUBL) 11.0 20270222                                                                                    </t>
   </si>
   <si>
-    <t>$398,016.03</t>
+    <t>$399,999.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OREGON ST LOC GOVTS 6.09 20280601                                                                                               </t>
+  </si>
+  <si>
+    <t>$751,618.73</t>
   </si>
   <si>
     <t xml:space="preserve">OXFORD FIN CR FD III -A LP A- . 20320114 6.675%                                                                                 </t>
   </si>
   <si>
-    <t>$221,722.38</t>
+    <t>$223,060.34</t>
   </si>
   <si>
     <t xml:space="preserve">OXFORD FIN FDG TR - A- . 20310215 6.716%                                                                                        </t>
   </si>
   <si>
-    <t>$2,509,057.25</t>
+    <t>$1,876,826.12</t>
   </si>
   <si>
     <t xml:space="preserve">OXFORD FIN FDG TR LLC - A- . 20300215 3.602%                                                                                    </t>
   </si>
   <si>
-    <t>$1,962,250.55</t>
+    <t>$1,264,525.21</t>
   </si>
   <si>
     <t xml:space="preserve">PALOMINO FDG TR I SR SEC GLBL 20280517 7.233%                                                                                   </t>
   </si>
   <si>
-    <t>$2,692,978.50</t>
-[...11 lines deleted...]
-    <t>$1,029,131.93</t>
+    <t>$2,420,827.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PCG - LLC SR SEC GLBL 20290725 9.673%                                                                                           </t>
+  </si>
+  <si>
+    <t>$170,833.93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEAR - LLC A . 20350716 7.420%                                                                                                  </t>
+  </si>
+  <si>
+    <t>$903,803.25</t>
   </si>
   <si>
     <t xml:space="preserve">PEAR LLC - A . 20360215 6.950%                                                                                                  </t>
   </si>
   <si>
-    <t>$531,434.15</t>
+    <t>$371,789.05</t>
   </si>
   <si>
     <t xml:space="preserve">PEAR, LLC - A . 20340115 2.600%                                                                                                 </t>
   </si>
   <si>
-    <t>$746,140.65</t>
+    <t>$55,145.46</t>
   </si>
   <si>
     <t xml:space="preserve">PELORUS FUND REIT LLC CR SEN SR GLBL 20260930 7.000%                                                                            </t>
   </si>
   <si>
-    <t>$464,336.50</t>
-[...5 lines deleted...]
-    <t>$19,482.00</t>
+    <t>$467,880.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERSIMMON                                                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PSMMY       </t>
+  </si>
+  <si>
+    <t>$948,919.34</t>
   </si>
   <si>
     <t xml:space="preserve">PMT LOAN TRUST -J A- FLT 20430925 3.500%                                                                                        </t>
   </si>
   <si>
-    <t>$509,349.42</t>
-[...5 lines deleted...]
-    <t>$1,995,512.30</t>
+    <t>$477,879.34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNC FINL SVCS GROUP INC SR GLBL NT 20310513 4.899%                                                                              </t>
+  </si>
+  <si>
+    <t>$1,848,852.00</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENT FDG MTG TR - A-A FLT 20510525 2.000%                                                                                  </t>
   </si>
   <si>
-    <t>$1,165,051.27</t>
+    <t>$1,082,385.00</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENT FND MTG TR -INV A- FLT 20510825 2.500%                                                                                </t>
   </si>
   <si>
-    <t>$1,823,054.53</t>
-[...14 lines deleted...]
-    <t>$50,073.93</t>
+    <t>$1,816,035.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROLLINS INC                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROL         </t>
+  </si>
+  <si>
+    <t>$841,682.47</t>
   </si>
   <si>
     <t xml:space="preserve">S AND P GLOBAL INC                                                                                                              </t>
   </si>
   <si>
     <t xml:space="preserve">SPGI        </t>
   </si>
   <si>
-    <t>$620,739.62</t>
+    <t>$516,999.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAFEHOLD OPER PARTNERSHIP LP SR GLBL NT 20320115 2.850%                                                                         </t>
+  </si>
+  <si>
+    <t>$804,346.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAFEHOLD OPER PARTNERSHIP LP SR GLBL NT. 20340401 6.100%                                                                        </t>
+  </si>
+  <si>
+    <t>$1,318,154.97</t>
   </si>
   <si>
     <t xml:space="preserve">SBA TOWER TR - - . 20521115 6.599%                                                                                              </t>
   </si>
   <si>
-    <t>$1,860,903.17</t>
+    <t>$1,847,579.40</t>
   </si>
   <si>
     <t xml:space="preserve">SBA TOWER TRUST - C . 20541015 4.831%                                                                                           </t>
   </si>
   <si>
-    <t>$982,102.08</t>
+    <t>$998,642.70</t>
   </si>
   <si>
     <t xml:space="preserve">SEQUOIA MTG TR - A FLT 20430225 1.874%                                                                                          </t>
   </si>
   <si>
-    <t>$107,577.74</t>
+    <t>$99,971.06</t>
   </si>
   <si>
     <t xml:space="preserve">SEQUOIA MTG TR - A- FLT 20430525 3.000%                                                                                         </t>
   </si>
   <si>
-    <t>$900,593.36</t>
+    <t>$854,289.15</t>
   </si>
   <si>
     <t xml:space="preserve">SEQUOIA MTG TR - A- FLT 20430625 3.000%                                                                                         </t>
   </si>
   <si>
-    <t>$135,607.17</t>
-[...2 lines deleted...]
-    <t>$168,364.23</t>
+    <t>$125,113.65</t>
+  </si>
+  <si>
+    <t>$164,672.08</t>
   </si>
   <si>
     <t xml:space="preserve">SEQUOIA MTG TR - A- FLT 20500225 3.500%                                                                                         </t>
   </si>
   <si>
-    <t>$53,356.91</t>
+    <t>$48,220.41</t>
   </si>
   <si>
     <t xml:space="preserve">SERVICENOW INC                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">NOW         </t>
   </si>
   <si>
-    <t>$521,595.36</t>
+    <t>$540,266.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERWIN WILLIAMS CO                                                                                                             </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHW         </t>
+  </si>
+  <si>
+    <t>$585,945.44</t>
   </si>
   <si>
     <t xml:space="preserve">SIMON PPTY GROUP LP SR GLBL NT 20320201 2.650%                                                                                  </t>
   </si>
   <si>
-    <t>$2,577,355.90</t>
+    <t>$191,673.30</t>
   </si>
   <si>
     <t xml:space="preserve">SIRIUSPOINT LTD SR GLBL NT 20290405 7.000%                                                                                      </t>
   </si>
   <si>
-    <t>$1,274,619.40</t>
+    <t>$1,282,952.00</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIEDAD QUIMICA MINERA DE C                                                                                                    </t>
   </si>
   <si>
     <t xml:space="preserve">SQM         </t>
   </si>
   <si>
-    <t>$1,001,725.59</t>
-[...5 lines deleted...]
-    <t>$48,343.40</t>
+    <t>$255,299.80</t>
   </si>
   <si>
     <t xml:space="preserve">SOUTH CAROLINA ST PUB SVCS AUT TAXABLE REF OBLIGS B 20261201 1.852%                                                             </t>
   </si>
   <si>
-    <t>$3,312,085.00</t>
-[...11 lines deleted...]
-    <t>$960,669.01</t>
+    <t>$3,410,729.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STARWOOD RTL PPTY TR -STAR A FLT 20271115 6.744%                                                                                </t>
+  </si>
+  <si>
+    <t>$621,918.28</t>
   </si>
   <si>
     <t xml:space="preserve">STORE MSTR FDG I-VII - A- . 20491120 2.820%                                                                                     </t>
   </si>
   <si>
-    <t>$1,996,243.85</t>
+    <t>$2,035,416.87</t>
   </si>
   <si>
     <t xml:space="preserve">SUTHERLAND COML MTG TF -SB A FLT 20410425 2.860%                                                                                </t>
   </si>
   <si>
-    <t>$1,178,656.82</t>
-[...8 lines deleted...]
-    <t>$495,234.24</t>
+    <t>$974,703.27</t>
   </si>
   <si>
     <t xml:space="preserve">TAIWAN SEMICONDUCTOR MFG LTD                                                                                                    </t>
   </si>
   <si>
     <t xml:space="preserve">TSM         </t>
   </si>
   <si>
-    <t>$2,314,755.66</t>
-[...47 lines deleted...]
-    <t>$319,105.82</t>
+    <t>$2,503,692.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TENCENT HLDGS LTD ADR                                                                                                           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TCEHY       </t>
+  </si>
+  <si>
+    <t>$911,479.61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX COS INC                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX         </t>
+  </si>
+  <si>
+    <t>$1,167,993.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TLAB 2025-1 A 6.4% 08/09/2056 6.4 20560809                                                                                      </t>
+  </si>
+  <si>
+    <t>$930,857.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOKYO ELECTRON LTD                                                                                                              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOELY       </t>
+  </si>
+  <si>
+    <t>$592,673.73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWD PT MTG TR -HY A FLT 20481026 4.787%                                                                                        </t>
+  </si>
+  <si>
+    <t>$210,793.18</t>
   </si>
   <si>
     <t xml:space="preserve">TRANSUNION                                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">TRU         </t>
   </si>
   <si>
-    <t>$1,321,564.14</t>
+    <t>$905,917.15</t>
   </si>
   <si>
     <t xml:space="preserve">TRUIST FINL CORP FR . 20290607 1.887%                                                                                           </t>
   </si>
   <si>
-    <t>$2,036,480.60</t>
-[...14 lines deleted...]
-    <t>$250,159.85</t>
+    <t>$1,882,965.40</t>
   </si>
   <si>
     <t xml:space="preserve">UNITED AIRLS INC -B B . 20270901 4.600%                                                                                         </t>
   </si>
   <si>
-    <t>$56,814.30</t>
-[...11 lines deleted...]
-    <t>$3,235,013.54</t>
+    <t>$45,068.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED PARCEL SERVICE INC                                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPS         </t>
+  </si>
+  <si>
+    <t>$2,082,873.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED STATES TREAS BDS . 20420215 2.375%                                                                                       </t>
+  </si>
+  <si>
+    <t>$4,332,246.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED STATES TREAS BDS . 20530215 3.625%                                                                                       </t>
+  </si>
+  <si>
+    <t>$4,338,277.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED STATES TREAS BDS 20470515 3.000%                                                                                         </t>
+  </si>
+  <si>
+    <t>$4,292,992.48</t>
   </si>
   <si>
     <t xml:space="preserve">UNITED STATES TREAS NTS . 20291115 1.750%                                                                                       </t>
   </si>
   <si>
-    <t>$12,764,460.80</t>
+    <t>$5,686,575.96</t>
   </si>
   <si>
     <t xml:space="preserve">UNITED STATES TREAS NTS . 20301115 0.875%                                                                                       </t>
   </si>
   <si>
-    <t>$13,636,106.01</t>
+    <t>$9,460,022.00</t>
   </si>
   <si>
     <t xml:space="preserve">UNITED STATES TREAS NTS . 20311115 1.375%                                                                                       </t>
   </si>
   <si>
-    <t>$13,614,431.76</t>
+    <t>$8,698,170.75</t>
   </si>
   <si>
     <t xml:space="preserve">UNITED STATES TREAS NTS . 20321115 4.125%                                                                                       </t>
   </si>
   <si>
-    <t>$8,198,639.40</t>
+    <t>$8,748,375.00</t>
   </si>
   <si>
     <t xml:space="preserve">UNITED STATES TREAS NTS . 20331115 4.500%                                                                                       </t>
   </si>
   <si>
-    <t>$13,303,142.91</t>
+    <t>$8,658,965.64</t>
   </si>
   <si>
     <t xml:space="preserve">UNITED STATES TREAS NTS . 20341115 4.250%                                                                                       </t>
   </si>
   <si>
-    <t>$6,660,942.85</t>
-[...5 lines deleted...]
-    <t>$6,441,820.90</t>
+    <t>$8,682,388.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED STATES TREAS NTS 20351115 4.000%                                                                                         </t>
+  </si>
+  <si>
+    <t>$8,570,658.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED STATES TREAS NTS TIPS . 20300415 1.625%                                                                                  </t>
+  </si>
+  <si>
+    <t>$7,144,683.88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITEDHEALTH GROUP INC                                                                                                          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNH         </t>
+  </si>
+  <si>
+    <t>$710,299.94</t>
   </si>
   <si>
     <t xml:space="preserve">US BANCORP FR . 20290201 4.653%                                                                                                 </t>
   </si>
   <si>
-    <t>$1,888,960.50</t>
+    <t>$1,914,097.50</t>
   </si>
   <si>
     <t xml:space="preserve">US CLAIMS LITIGATION FDG LLC SR A NT 20280317 10.250%                                                                           </t>
   </si>
   <si>
     <t>$232,225.00</t>
   </si>
   <si>
     <t xml:space="preserve">US DOLLARS                                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">USD         </t>
   </si>
   <si>
-    <t>$11,962,156.88</t>
+    <t>$12,475,054.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VBTEL 2026-1A C2 0% 03/15/2056 4.693 20560315                                                                                   </t>
+  </si>
+  <si>
+    <t>$1,327,391.21</t>
   </si>
   <si>
     <t xml:space="preserve">VERTEX PHARMACEUTICALS INC                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">VRTX        </t>
   </si>
   <si>
-    <t>$1,186,040.88</t>
+    <t>$1,120,848.48</t>
   </si>
   <si>
     <t xml:space="preserve">VISA INC                                                                                                                        </t>
   </si>
   <si>
     <t xml:space="preserve">V           </t>
   </si>
   <si>
-    <t>$1,960,447.55</t>
-[...20 lines deleted...]
-    <t>$84,192.01</t>
+    <t>$2,063,942.58</t>
   </si>
   <si>
     <t xml:space="preserve">WEST FRASER TIMBER LTD                                                                                                          </t>
   </si>
   <si>
     <t xml:space="preserve">WFG         </t>
   </si>
   <si>
-    <t>$778,898.40</t>
+    <t>$1,022,329.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEYERHAEUSER CO                                                                                                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WY          </t>
+  </si>
+  <si>
+    <t>$974,233.48</t>
   </si>
   <si>
     <t xml:space="preserve">WINWATER MTG LN TR - A- FLT 20450120 3.500%                                                                                     </t>
   </si>
   <si>
-    <t>$82,850.81</t>
+    <t>$82,191.87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WORKDAY INC                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WDAY        </t>
+  </si>
+  <si>
+    <t>$434,452.48</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E262"/>
+  <dimension ref="A1:E231"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="0">
-        <v>300000</v>
+        <v>1280000</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
-      <c r="C3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" s="0">
-        <v>1654</v>
+        <v>28832</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D4" s="0">
-        <v>1430000</v>
+        <v>1359</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>605000</v>
+        <v>1230000</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0">
-        <v>34892</v>
+        <v>1550000</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="D7" s="0">
-        <v>421</v>
+        <v>6213</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="D8" s="0">
-        <v>208</v>
+        <v>12847</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="D9" s="0">
-        <v>62617.72</v>
+        <v>4086</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="D10" s="0">
-        <v>9251</v>
+        <v>1110000</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" s="0">
-        <v>544</v>
+        <v>2866</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="D12" s="0">
-        <v>1230000</v>
+        <v>668</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="D13" s="0">
-        <v>3110000</v>
+        <v>2829</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="0">
-        <v>1550000</v>
+        <v>1100000</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D15" s="0">
-        <v>12326</v>
+        <v>3305</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D16" s="0">
-        <v>10591</v>
+        <v>9525</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="0">
-        <v>3400</v>
+        <v>2050000</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="0">
-        <v>1380000</v>
+        <v>1250000</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D19" s="0">
-        <v>38551</v>
+        <v>16497</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D20" s="0">
-        <v>135</v>
+        <v>1096</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="0">
-        <v>8644</v>
+        <v>570000</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="0">
-        <v>7544</v>
+        <v>1050000</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>7</v>
+        <v>62</v>
       </c>
       <c r="D23" s="0">
-        <v>1000</v>
+        <v>3598</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="D24" s="0">
-        <v>8425</v>
+        <v>1270000</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="0">
-        <v>2772</v>
+        <v>2250000</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="0">
-        <v>2300000</v>
+        <v>813088.63</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D27" s="0">
-        <v>584</v>
+        <v>1184</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>7</v>
+        <v>74</v>
       </c>
       <c r="D28" s="0">
-        <v>570000</v>
+        <v>6908</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="D29" s="0">
-        <v>1310000</v>
+        <v>746</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="0">
-        <v>324390.24</v>
+        <v>1810000</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>79</v>
+        <v>6</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="0">
-        <v>408794</v>
+        <v>2698356</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="D32" s="0">
-        <v>6179</v>
+        <v>33607.01</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="D33" s="0">
-        <v>10426</v>
+        <v>1630000</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C34" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="0">
+        <v>1100000</v>
+      </c>
+      <c r="E34" s="0" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="0">
+        <v>850000</v>
+      </c>
+      <c r="E35" s="0" t="s">
         <v>90</v>
-      </c>
-[...10 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="0">
+        <v>478409.14</v>
+      </c>
+      <c r="E36" s="0" t="s">
         <v>92</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" s="0">
-        <v>605000</v>
+        <v>23294</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C38" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="0">
+        <v>1100000</v>
+      </c>
+      <c r="E38" s="0" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B39" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0">
+        <v>13188</v>
+      </c>
+      <c r="E39" s="0" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="0">
+        <v>2220000</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>102</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="0">
+        <v>1625000</v>
+      </c>
+      <c r="E41" s="0" t="s">
         <v>104</v>
-      </c>
-[...10 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="0">
+        <v>242624.65</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>106</v>
-      </c>
-[...10 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="0">
+        <v>140097.89</v>
+      </c>
+      <c r="E43" s="0" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="0">
+        <v>1160000</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>110</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" s="0">
+        <v>1630000</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>112</v>
-      </c>
-[...10 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>116</v>
+        <v>7</v>
       </c>
       <c r="D46" s="0">
-        <v>27680</v>
+        <v>1500000</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="0">
-        <v>850000</v>
+        <v>500000</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>7</v>
+        <v>118</v>
       </c>
       <c r="D48" s="0">
-        <v>575730.97</v>
+        <v>17734</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="D49" s="0">
+        <v>9780</v>
+      </c>
+      <c r="E49" s="0" t="s">
         <v>122</v>
-      </c>
-[...10 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="0">
-        <v>263293.07</v>
+        <v>920000</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="0">
-        <v>152831.05</v>
+        <v>2100000</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>130</v>
+        <v>7</v>
       </c>
       <c r="D52" s="0">
-        <v>27256</v>
+        <v>1375000</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>133</v>
+        <v>7</v>
       </c>
       <c r="D53" s="0">
-        <v>2836</v>
+        <v>1110000</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="0">
-        <v>1630000</v>
+        <v>1432295.02</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>7</v>
+        <v>134</v>
       </c>
       <c r="D55" s="0">
-        <v>1500000</v>
+        <v>4344</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>140</v>
+        <v>7</v>
       </c>
       <c r="D56" s="0">
-        <v>23006</v>
+        <v>1100000</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>143</v>
+        <v>6</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="0">
-        <v>381</v>
+        <v>1890000</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>146</v>
+        <v>7</v>
       </c>
       <c r="D58" s="0">
-        <v>30520</v>
+        <v>94598.77</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B59" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="0">
+        <v>13802.19</v>
+      </c>
+      <c r="E59" s="0" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="0">
-        <v>1250000</v>
+        <v>76219.76</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="0">
-        <v>1890000</v>
+        <v>23391.2</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>155</v>
+        <v>7</v>
       </c>
       <c r="D62" s="0">
-        <v>2810</v>
+        <v>204193.11</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>158</v>
+        <v>7</v>
       </c>
       <c r="D63" s="0">
-        <v>14071</v>
+        <v>363789.34</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="0">
-        <v>1026</v>
+        <v>1504761.89</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>163</v>
+        <v>7</v>
       </c>
       <c r="D65" s="0">
-        <v>7049</v>
+        <v>2589869.31</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D66" s="0">
-        <v>110316.57</v>
+        <v>2878997.3</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="0">
-        <v>15391.29</v>
+        <v>989475.6</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="0">
-        <v>86351.92</v>
+        <v>1960848.32</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D69" s="0">
-        <v>27597.4</v>
+        <v>1040678.17</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="0">
-        <v>258812.84</v>
+        <v>1410000</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>7</v>
+        <v>167</v>
       </c>
       <c r="D71" s="0">
-        <v>393623.95</v>
+        <v>8835</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="0">
-        <v>1669656.05</v>
+        <v>1188571.43</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="0">
-        <v>2821450.02</v>
+        <v>378405.52</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="0">
-        <v>3246736.74</v>
+        <v>937869.69</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="0">
-        <v>1161437.94</v>
+        <v>11866.55</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="0">
-        <v>1090875.26</v>
+        <v>1387882.21</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D77" s="0">
-        <v>2205443.97</v>
+        <v>2768193.91</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="0">
-        <v>545000</v>
+        <v>4798.86</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D79" s="0">
-        <v>1121490.98</v>
+        <v>115277.09</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>194</v>
+        <v>6</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="0">
-        <v>1649</v>
+        <v>140732.97</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>197</v>
+        <v>7</v>
       </c>
       <c r="D81" s="0">
-        <v>3866</v>
+        <v>19802.5</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="0">
-        <v>2600000</v>
+        <v>131498.7</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="0">
-        <v>429802.76</v>
+        <v>132455.21</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="0">
-        <v>1015714.7</v>
+        <v>55495.94</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="0">
-        <v>30136.98</v>
+        <v>228216.72</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="0">
-        <v>1540098.03</v>
+        <v>259724.11</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="0">
-        <v>3182355.27</v>
+        <v>133667.06</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D88" s="0">
-        <v>5493.49</v>
+        <v>1838883.61</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D89" s="0">
-        <v>130882.04</v>
+        <v>165399.81</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D90" s="0">
-        <v>164080.19</v>
+        <v>145257.19</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D91" s="0">
-        <v>22553.02</v>
+        <v>1862310.62</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D92" s="0">
-        <v>150631.24</v>
+        <v>960162.08</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D93" s="0">
-        <v>157929.44</v>
+        <v>1234555.11</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D94" s="0">
-        <v>63932.75</v>
+        <v>1235621.04</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D95" s="0">
-        <v>258642.41</v>
+        <v>23747.27</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D96" s="0">
-        <v>285886.99</v>
+        <v>4939.57</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="0">
-        <v>149073.4</v>
+        <v>16168.3</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D98" s="0">
-        <v>2013848.23</v>
+        <v>2001.86</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D99" s="0">
-        <v>1673809.38</v>
+        <v>7666.49</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="0">
-        <v>3354767.65</v>
+        <v>11365.18</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D101" s="0">
-        <v>3561213.91</v>
+        <v>5204.93</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="0">
-        <v>188602.89</v>
+        <v>9422.82</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D103" s="0">
-        <v>182893.51</v>
+        <v>27938.19</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="0">
-        <v>2066677.98</v>
+        <v>11863.16</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="0">
-        <v>1068268.53</v>
+        <v>99199.78</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>246</v>
+        <v>234</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>247</v>
+        <v>235</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D106" s="0">
-        <v>2586584.22</v>
+        <v>10936.24</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>248</v>
+        <v>236</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>249</v>
+        <v>235</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="0">
-        <v>1487524.62</v>
+        <v>19101.79</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="0">
-        <v>30031.59</v>
+        <v>220065.82</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="0">
-        <v>5234.24</v>
+        <v>13595.29</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D110" s="0">
-        <v>19803.92</v>
+        <v>16844.75</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D111" s="0">
-        <v>2107.49</v>
+        <v>119204.26</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="0">
-        <v>8051.88</v>
+        <v>59091.9</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D113" s="0">
-        <v>13697.87</v>
+        <v>64102.07</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="0">
-        <v>5959.71</v>
+        <v>91583.93</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>263</v>
+        <v>251</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>264</v>
+        <v>252</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D115" s="0">
-        <v>29978.59</v>
+        <v>89355.98</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>265</v>
+        <v>253</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D116" s="0">
-        <v>10575.67</v>
+        <v>117840.47</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D117" s="0">
-        <v>12676.36</v>
+        <v>747701.78</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="0">
-        <v>103741.62</v>
+        <v>21868.8</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D119" s="0">
-        <v>11555.45</v>
+        <v>230000</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D120" s="0">
-        <v>24171.52</v>
+        <v>962331.36</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="0">
-        <v>260183.65</v>
+        <v>1508700.65</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D122" s="0">
-        <v>14905.34</v>
+        <v>1246864.67</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D123" s="0">
-        <v>19250.3</v>
+        <v>958431.25</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>7</v>
+        <v>271</v>
       </c>
       <c r="D124" s="0">
-        <v>132508.31</v>
+        <v>11025</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>7</v>
+        <v>274</v>
       </c>
       <c r="D125" s="0">
-        <v>66522.77</v>
+        <v>5725</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>7</v>
+        <v>277</v>
       </c>
       <c r="D126" s="0">
-        <v>74660.47</v>
+        <v>2167</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>7</v>
+        <v>280</v>
       </c>
       <c r="D127" s="0">
-        <v>95035.72</v>
+        <v>4509</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D128" s="0">
-        <v>107255.63</v>
+        <v>1420000</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D129" s="0">
-        <v>120991.36</v>
+        <v>330000</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D130" s="0">
-        <v>3786925.82</v>
+        <v>460000</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D131" s="0">
-        <v>18219.9</v>
+        <v>1037926.59</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D132" s="0">
-        <v>849220.2</v>
+        <v>1855617.65</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D133" s="0">
-        <v>8282</v>
+        <v>3224</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D134" s="0">
-        <v>23159.11</v>
+        <v>2080000</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="0">
-        <v>230000</v>
+        <v>48686.45</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D136" s="0">
-        <v>1070153.15</v>
+        <v>23866.93</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="0">
-        <v>1659901.71</v>
+        <v>54487.16</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D138" s="0">
-        <v>1334590.52</v>
+        <v>2180000</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>7</v>
+        <v>306</v>
       </c>
       <c r="D139" s="0">
-        <v>1062013.67</v>
+        <v>4171</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D140" s="0">
-        <v>1333</v>
+        <v>1670000</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="D141" s="0">
-        <v>21048</v>
+        <v>4122</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>7</v>
+        <v>314</v>
       </c>
       <c r="D142" s="0">
-        <v>19</v>
+        <v>282</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D143" s="0">
-        <v>2127</v>
+        <v>514</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>7</v>
+        <v>320</v>
       </c>
       <c r="D144" s="0">
-        <v>1420000</v>
+        <v>3508</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="0">
-        <v>330000</v>
+        <v>775000</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>6</v>
+        <v>325</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="0">
-        <v>460000</v>
+        <v>908000</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="D147" s="0">
+        <v>9396</v>
+      </c>
+      <c r="E147" s="0" t="s">
         <v>329</v>
-      </c>
-[...10 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="D148" s="0">
+        <v>38113</v>
+      </c>
+      <c r="E148" s="0" t="s">
         <v>332</v>
-      </c>
-[...10 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="B149" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D149" s="0">
-        <v>2088468.58</v>
+        <v>1171</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C150" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D150" s="0">
+        <v>1640000</v>
+      </c>
+      <c r="E150" s="0" t="s">
         <v>337</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>339</v>
       </c>
-      <c r="B151" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D151" s="0">
-        <v>2110</v>
+        <v>5985</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D152" s="0">
-        <v>350000</v>
+        <v>1010785.05</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C153" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D153" s="0">
+        <v>1274128.4</v>
+      </c>
+      <c r="E153" s="0" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="0">
+        <v>345000</v>
+      </c>
+      <c r="E154" s="0" t="s">
         <v>346</v>
-      </c>
-[...10 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="0">
+        <v>201786.57</v>
+      </c>
+      <c r="E155" s="0" t="s">
         <v>348</v>
-      </c>
-[...10 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>352</v>
+        <v>6</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D156" s="0">
-        <v>200000000</v>
+        <v>294581.31</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="0">
-        <v>1810000</v>
+        <v>218280.51</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>357</v>
+        <v>7</v>
       </c>
       <c r="D158" s="0">
-        <v>12268</v>
+        <v>1585813.14</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>7</v>
+        <v>356</v>
       </c>
       <c r="D159" s="0">
-        <v>122395.56</v>
+        <v>90758</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>7</v>
+        <v>359</v>
       </c>
       <c r="D160" s="0">
-        <v>26918.97</v>
+        <v>21627</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="0">
-        <v>58424.36</v>
+        <v>939535.21</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D162" s="0">
-        <v>3460000</v>
+        <v>1837431.98</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D163" s="0">
-        <v>1170000</v>
+        <v>818609.7</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>352</v>
+        <v>6</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D164" s="0">
-        <v>200</v>
+        <v>400000</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D165" s="0">
-        <v>101</v>
+        <v>734921.32</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>374</v>
+        <v>7</v>
       </c>
       <c r="D166" s="0">
-        <v>5236</v>
+        <v>219599.15</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="0">
-        <v>257970.93</v>
+        <v>1861274.8</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>379</v>
+        <v>7</v>
       </c>
       <c r="D168" s="0">
-        <v>9228</v>
+        <v>1282967.9</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>382</v>
+        <v>6</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="0">
-        <v>93</v>
+        <v>2290000</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D170" s="0">
-        <v>94</v>
+        <v>170847.6</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>387</v>
+        <v>7</v>
       </c>
       <c r="D171" s="0">
-        <v>13174</v>
+        <v>879195.45</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>390</v>
+        <v>7</v>
       </c>
       <c r="D172" s="0">
-        <v>8013</v>
+        <v>367656.34</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D173" s="0">
-        <v>660000</v>
+        <v>55212.39</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>395</v>
+        <v>7</v>
       </c>
       <c r="D174" s="0">
-        <v>4432</v>
+        <v>470000</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="D175" s="0">
-        <v>566</v>
+        <v>23433</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>401</v>
+        <v>7</v>
       </c>
       <c r="D176" s="0">
-        <v>5561</v>
+        <v>500248.19</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D177" s="0">
-        <v>660000</v>
+        <v>1800000</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>406</v>
+        <v>6</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D178" s="0">
-        <v>908000</v>
+        <v>1211987.56</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>409</v>
+        <v>7</v>
       </c>
       <c r="D179" s="0">
-        <v>7363</v>
+        <v>2118791.88</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>410</v>
+        <v>399</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>412</v>
+        <v>401</v>
       </c>
       <c r="D180" s="0">
-        <v>1895</v>
+        <v>13823</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
       <c r="D181" s="0">
-        <v>8346</v>
+        <v>1170</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>416</v>
+        <v>405</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D182" s="0">
-        <v>485000</v>
+        <v>880000</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>419</v>
+        <v>408</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D183" s="0">
-        <v>1533743.64</v>
+        <v>1221000</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>420</v>
+        <v>409</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>421</v>
+        <v>410</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D184" s="0">
-        <v>345000</v>
+        <v>1810000</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>422</v>
+        <v>411</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>423</v>
+        <v>412</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D185" s="0">
-        <v>240156.9</v>
+        <v>990000</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>424</v>
+        <v>413</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D186" s="0">
-        <v>338392.46</v>
+        <v>112679.62</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>426</v>
+        <v>415</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D187" s="0">
-        <v>249364.29</v>
+        <v>916904.76</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>428</v>
+        <v>417</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D188" s="0">
-        <v>660000</v>
+        <v>134759.39</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>430</v>
+        <v>419</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>431</v>
+        <v>418</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D189" s="0">
-        <v>1602246</v>
+        <v>177013.55</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>432</v>
+        <v>420</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>434</v>
+        <v>7</v>
       </c>
       <c r="D190" s="0">
-        <v>3574</v>
+        <v>51460</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>435</v>
+        <v>422</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>436</v>
+        <v>423</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="D191" s="0">
-        <v>4623</v>
+        <v>5002</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>7</v>
+        <v>427</v>
       </c>
       <c r="D192" s="0">
-        <v>1186890.79</v>
+        <v>1616</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="0">
-        <v>1987416.36</v>
+        <v>210000</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D194" s="0">
-        <v>1146785.31</v>
+        <v>1220000</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>7</v>
+        <v>434</v>
       </c>
       <c r="D195" s="0">
-        <v>400000</v>
+        <v>3346</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D196" s="0">
-        <v>220000</v>
+        <v>3460000</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>448</v>
+        <v>437</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D197" s="0">
-        <v>2500000</v>
+        <v>1036547.74</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D198" s="0">
-        <v>2054644.63</v>
+        <v>2062685.36</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D199" s="0">
-        <v>2550000</v>
+        <v>1013807.45</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>7</v>
+        <v>445</v>
       </c>
       <c r="D200" s="0">
-        <v>2417630.35</v>
+        <v>6684</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>7</v>
+        <v>448</v>
       </c>
       <c r="D201" s="0">
-        <v>1022099.17</v>
+        <v>13764</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>7</v>
+        <v>451</v>
       </c>
       <c r="D202" s="0">
-        <v>525705.22</v>
+        <v>7225</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D203" s="0">
-        <v>757019.55</v>
+        <v>930857.04</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>7</v>
+        <v>456</v>
       </c>
       <c r="D204" s="0">
-        <v>470000</v>
+        <v>4205</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>113</v>
+        <v>6</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="0">
-        <v>16489</v>
+        <v>210428.4</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>7</v>
+        <v>461</v>
       </c>
       <c r="D206" s="0">
-        <v>552284.64</v>
+        <v>11533</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D207" s="0">
-        <v>1990000</v>
+        <v>1970000</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D208" s="0">
-        <v>1340507.79</v>
+        <v>45070.6</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>7</v>
+        <v>468</v>
       </c>
       <c r="D209" s="0">
-        <v>2228120.07</v>
+        <v>17962</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>476</v>
+        <v>7</v>
       </c>
       <c r="D210" s="0">
-        <v>28867</v>
+        <v>5698000</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>382</v>
+        <v>6</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D211" s="0">
-        <v>151</v>
+        <v>5168000</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>481</v>
+        <v>7</v>
       </c>
       <c r="D212" s="0">
-        <v>1163</v>
+        <v>5516000</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D213" s="0">
-        <v>1810000</v>
+        <v>6036000</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D214" s="0">
-        <v>990000</v>
+        <v>10670000</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D215" s="0">
-        <v>126905.54</v>
+        <v>9825000</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D216" s="0">
-        <v>1009517.13</v>
+        <v>8535000</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D217" s="0">
-        <v>152311.76</v>
+        <v>8266000</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D218" s="0">
-        <v>187906.21</v>
+        <v>8451000</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D219" s="0">
-        <v>58835.8</v>
+        <v>8540000</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>497</v>
+        <v>7</v>
       </c>
       <c r="D220" s="0">
-        <v>561</v>
+        <v>6999651.11</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>7</v>
+        <v>493</v>
       </c>
       <c r="D221" s="0">
-        <v>2965000</v>
+        <v>2422</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D222" s="0">
-        <v>1220000</v>
+        <v>1890000</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>504</v>
+        <v>7</v>
       </c>
       <c r="D223" s="0">
-        <v>26107</v>
+        <v>250000</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>7</v>
+        <v>500</v>
       </c>
       <c r="D224" s="0">
-        <v>2546</v>
+        <v>12475054.49</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D225" s="0">
-        <v>3460000</v>
+        <v>1320000</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>7</v>
+        <v>505</v>
       </c>
       <c r="D226" s="0">
-        <v>504</v>
+        <v>2256</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>7</v>
+        <v>508</v>
       </c>
       <c r="D227" s="0">
-        <v>1509868.63</v>
+        <v>6447</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>7</v>
+        <v>511</v>
       </c>
       <c r="D228" s="0">
-        <v>2073685.42</v>
+        <v>15378</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>7</v>
+        <v>514</v>
       </c>
       <c r="D229" s="0">
-        <v>1246486.9</v>
+        <v>39716</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>519</v>
+        <v>7</v>
       </c>
       <c r="D230" s="0">
-        <v>1083</v>
+        <v>85832.19</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="B231" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="D231" s="0">
-        <v>12822</v>
+        <v>3248</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>523</v>
-[...526 lines deleted...]
-        <v>594</v>
+        <v>520</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Pro-Blend® Conservative Term Series Class W - Holdings - February.xlsx</dc:title>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>