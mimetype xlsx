--- v0 (2025-10-05)
+++ v1 (2026-02-22)
@@ -7,1970 +7,1892 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="January Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
   <si>
     <t>Security Description</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Shares/Par</t>
   </si>
   <si>
     <t>Market Value (USD)</t>
   </si>
   <si>
     <t xml:space="preserve">ADMIRAL GROUP                                                                                                                   </t>
   </si>
   <si>
     <t xml:space="preserve">GB    </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>$3,413,458.79</t>
+    <t>$342,952.72</t>
   </si>
   <si>
     <t xml:space="preserve">AIR LIQUIDE                                                                                                                     </t>
   </si>
   <si>
     <t xml:space="preserve">FR    </t>
   </si>
   <si>
-    <t>$5,066,475.83</t>
+    <t>$333,322.75</t>
   </si>
   <si>
     <t xml:space="preserve">ALBEMARLE CORP                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">US    </t>
   </si>
   <si>
     <t xml:space="preserve">ALB         </t>
   </si>
   <si>
-    <t>$1,739,870.54</t>
-[...8 lines deleted...]
-    <t>$2,786,716.37</t>
+    <t>$319,760.62</t>
   </si>
   <si>
     <t xml:space="preserve">ALPHABET INC CAP STK CL A                                                                                                       </t>
   </si>
   <si>
     <t xml:space="preserve">GOOGL       </t>
   </si>
   <si>
-    <t>$6,628,609.80</t>
+    <t>$890,968.00</t>
   </si>
   <si>
     <t xml:space="preserve">AMAZON COM INC                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">AMZN        </t>
   </si>
   <si>
-    <t>$8,265,797.36</t>
+    <t>$911,254.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMPHENOL CORP NEW                                                                                                               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">APH         </t>
+  </si>
+  <si>
+    <t>$154,309.68</t>
   </si>
   <si>
     <t xml:space="preserve">APPLIED MATLS INC                                                                                                               </t>
   </si>
   <si>
     <t xml:space="preserve">AMAT        </t>
   </si>
   <si>
-    <t>$2,537,344.15</t>
+    <t>$277,195.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML HOLDING N V N Y REGISTRY SHS                                                                                               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML        </t>
+  </si>
+  <si>
+    <t>$519,395.00</t>
   </si>
   <si>
     <t xml:space="preserve">ASTRAZENECA PLC                                                                                                                 </t>
   </si>
   <si>
     <t xml:space="preserve">AZN         </t>
   </si>
   <si>
-    <t>$7,125,461.24</t>
+    <t>$518,769.84</t>
   </si>
   <si>
     <t xml:space="preserve">ATLASSIAN CORPORATION CL A                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">TEAM        </t>
   </si>
   <si>
-    <t>$2,290,419.48</t>
-[...5 lines deleted...]
-    <t>$2,312,843.17</t>
+    <t>$184,006.26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUTO TRADER GROUP PLC                                                                                                           </t>
+  </si>
+  <si>
+    <t>$363,339.83</t>
   </si>
   <si>
     <t xml:space="preserve">AVANZA BANK HLDG NPV                                                                                                            </t>
   </si>
   <si>
     <t xml:space="preserve">SE    </t>
   </si>
   <si>
-    <t>$1,543,484.33</t>
+    <t>$113,566.32</t>
   </si>
   <si>
     <t xml:space="preserve">BAE SYSTEMS ORD GBP0.025                                                                                                        </t>
   </si>
   <si>
-    <t>$4,023,232.66</t>
+    <t>$386,359.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELLWAY GBP0.125                                                                                                                </t>
+  </si>
+  <si>
+    <t>$159,367.85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENTLEY SYS INC                                                                                                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BSY         </t>
+  </si>
+  <si>
+    <t>$266,385.20</t>
   </si>
   <si>
     <t xml:space="preserve">BLACKROCK INC COM                                                                                                               </t>
   </si>
   <si>
     <t xml:space="preserve">BLK         </t>
   </si>
   <si>
-    <t>$2,690,901.00</t>
+    <t>$377,082.78</t>
   </si>
   <si>
     <t xml:space="preserve">CADENCE DESIGN SYSTEM INC                                                                                                       </t>
   </si>
   <si>
     <t xml:space="preserve">CDNS        </t>
   </si>
   <si>
-    <t>$4,842,575.02</t>
-[...17 lines deleted...]
-    <t>$2,082,495.20</t>
+    <t>$413,718.56</t>
   </si>
   <si>
     <t xml:space="preserve">CBRE GROUP INC                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">CBRE        </t>
   </si>
   <si>
-    <t>$4,629,508.90</t>
-[...26 lines deleted...]
-    <t>$3,750,072.56</t>
+    <t>$495,830.63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMPANHIA DE SANEAMENTO BASI                                                                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBS         </t>
+  </si>
+  <si>
+    <t>$271,420.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COOPER COS INC COM                                                                                                              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COO         </t>
+  </si>
+  <si>
+    <t>$363,361.70</t>
   </si>
   <si>
     <t xml:space="preserve">DEUTSCHE BOERSE AG NPV(REGD)                                                                                                    </t>
   </si>
   <si>
     <t xml:space="preserve">DE    </t>
   </si>
   <si>
-    <t>$4,941,209.02</t>
-[...17 lines deleted...]
-    <t>$4,274,748.72</t>
+    <t>$416,407.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEUTSCHE POST AG NPV(REGD)                                                                                                      </t>
+  </si>
+  <si>
+    <t>$371,260.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ELEVANCE HEALTH INC COM                                                                                                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ELV         </t>
+  </si>
+  <si>
+    <t>$411,430.60</t>
   </si>
   <si>
     <t xml:space="preserve">EXPERIAN ORD USD0.10                                                                                                            </t>
   </si>
   <si>
-    <t>$2,071,171.72</t>
-[...8 lines deleted...]
-    <t>$3,553,242.00</t>
+    <t>$230,675.36</t>
   </si>
   <si>
     <t xml:space="preserve">FINECOBANK SPA EUR0.33                                                                                                          </t>
   </si>
   <si>
     <t xml:space="preserve">IT    </t>
   </si>
   <si>
-    <t>$1,503,902.57</t>
-[...17 lines deleted...]
-    <t>$4,179,152.12</t>
+    <t>$131,906.43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIRST AMERN FINL CORP                                                                                                           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAF         </t>
+  </si>
+  <si>
+    <t>$303,579.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK PLC SPONSORED ADR                                                                                                           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK         </t>
+  </si>
+  <si>
+    <t>$177,194.40</t>
   </si>
   <si>
     <t xml:space="preserve">HALMA ORD GBP0.10                                                                                                               </t>
   </si>
   <si>
-    <t>$2,962,551.53</t>
+    <t>$336,148.12</t>
   </si>
   <si>
     <t xml:space="preserve">HDFC BANK LTD                                                                                                                   </t>
   </si>
   <si>
     <t xml:space="preserve">HDB         </t>
   </si>
   <si>
-    <t>$4,824,518.40</t>
-[...5 lines deleted...]
-    <t>$2,053,179.24</t>
+    <t>$326,746.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEICO CORP NEW                                                                                                                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEI A       </t>
+  </si>
+  <si>
+    <t>$209,272.98</t>
   </si>
   <si>
     <t xml:space="preserve">HERMES INTERNATIONAL S.C.A.                                                                                                     </t>
   </si>
   <si>
-    <t>$2,596,700.26</t>
-[...14 lines deleted...]
-    <t>$5,842,348.89</t>
+    <t>$451,380.57</t>
   </si>
   <si>
     <t xml:space="preserve">INTERCONTINENTAL EXCHANGE INC COM                                                                                               </t>
   </si>
   <si>
     <t xml:space="preserve">ICE         </t>
   </si>
   <si>
-    <t>$1,288,709.29</t>
-[...14 lines deleted...]
-    <t>$2,034,749.04</t>
+    <t>$275,615.08</t>
   </si>
   <si>
     <t xml:space="preserve">J P MORGAN CHASE AND CO                                                                                                         </t>
   </si>
   <si>
     <t xml:space="preserve">JPM         </t>
   </si>
   <si>
-    <t>$1,392,098.40</t>
-[...8 lines deleted...]
-    <t>$3,698,310.05</t>
+    <t>$330,055.31</t>
   </si>
   <si>
     <t xml:space="preserve">KEYENCE CORP                                                                                                                    </t>
   </si>
   <si>
     <t xml:space="preserve">JP    </t>
   </si>
   <si>
-    <t>$2,475,460.12</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">LONZA GROUP AG CHF1(REGD)                                                                                                       </t>
+    <t>$292,700.64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L'OREAL                                                                                                                         </t>
+  </si>
+  <si>
+    <t>$331,944.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAM RESEARCH CORP COM NEW                                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LRCX        </t>
+  </si>
+  <si>
+    <t>$242,798.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASTERCARD INCORPORATED CL A                                                                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MA          </t>
+  </si>
+  <si>
+    <t>$618,530.92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MERCADOLIBRE INC                                                                                                                </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MELI        </t>
+  </si>
+  <si>
+    <t>$444,592.53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">META PLATFORMS INC CL A                                                                                                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">META        </t>
+  </si>
+  <si>
+    <t>$633,386.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MICROSOFT CORP                                                                                                                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSFT        </t>
+  </si>
+  <si>
+    <t>$779,255.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONOTARO CO.LTD NPV                                                                                                             </t>
+  </si>
+  <si>
+    <t>$286,079.67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOODYS CORP                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCO         </t>
+  </si>
+  <si>
+    <t>$321,709.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSCI INC                                                                                                                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSCI        </t>
+  </si>
+  <si>
+    <t>$302,782.34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NASDAQ STOCK MARKET INC                                                                                                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NDAQ        </t>
+  </si>
+  <si>
+    <t>$290,282.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NU HLDGS LTD                                                                                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NU          </t>
+  </si>
+  <si>
+    <t>$471,617.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NVIDIA CORP                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NVDA        </t>
+  </si>
+  <si>
+    <t>$1,002,094.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERSIMMON ORD GBP0.10                                                                                                           </t>
+  </si>
+  <si>
+    <t>$207,061.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PILBARA MINERALS L NPV                                                                                                          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU    </t>
+  </si>
+  <si>
+    <t>$103,375.35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROCHE HLDGS AG GENUSSCHEINE NPV                                                                                                 </t>
   </si>
   <si>
     <t xml:space="preserve">CH    </t>
   </si>
   <si>
-    <t>$2,650,261.55</t>
-[...110 lines deleted...]
-    <t>$4,960,629.92</t>
+    <t>$415,347.57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROLLINS INC                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROL         </t>
+  </si>
+  <si>
+    <t>$385,803.94</t>
   </si>
   <si>
     <t xml:space="preserve">S AND P GLOBAL INC                                                                                                              </t>
   </si>
   <si>
     <t xml:space="preserve">SPGI        </t>
   </si>
   <si>
-    <t>$2,976,208.28</t>
-[...8 lines deleted...]
-    <t>$3,252,642.30</t>
+    <t>$258,089.31</t>
   </si>
   <si>
     <t xml:space="preserve">SERVICENOW INC                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">NOW         </t>
   </si>
   <si>
-    <t>$5,808,839.52</t>
+    <t>$385,781.97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERWIN WILLIAMS CO                                                                                                             </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHW         </t>
+  </si>
+  <si>
+    <t>$332,297.68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHOEI CO LTD NPV                                                                                                                </t>
+  </si>
+  <si>
+    <t>$109,312.20</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIEDAD QUIMICA MINERA DE C                                                                                                    </t>
   </si>
   <si>
     <t xml:space="preserve">SQM         </t>
   </si>
   <si>
-    <t>$4,009,751.40</t>
-[...20 lines deleted...]
-    <t>$2,573,801.04</t>
+    <t>$230,443.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOFTCAT PLC ORD GBP0.0005                                                                                                       </t>
+  </si>
+  <si>
+    <t>$312,871.90</t>
   </si>
   <si>
     <t xml:space="preserve">TAIWAN SEMICONDUCTOR MFG LTD                                                                                                    </t>
   </si>
   <si>
     <t xml:space="preserve">TSM         </t>
   </si>
   <si>
-    <t>$5,597,426.12</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TECHTRONIC INDUSTRIES                                                                                                           </t>
+    <t>$773,179.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAYLOR WIMPEY ORD GBP0.01                                                                                                       </t>
+  </si>
+  <si>
+    <t>$174,636.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TENCENT HLDGS LIMI HKD0.00002                                                                                                   </t>
   </si>
   <si>
     <t xml:space="preserve">HK    </t>
   </si>
   <si>
-    <t>$2,698,367.47</t>
-[...14 lines deleted...]
-    <t>$3,983,406.00</t>
+    <t>$552,326.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX COS INC                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX         </t>
+  </si>
+  <si>
+    <t>$320,743.21</t>
   </si>
   <si>
     <t xml:space="preserve">TRANSUNION                                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">TRU         </t>
   </si>
   <si>
-    <t>$3,733,983.50</t>
-[...8 lines deleted...]
-    <t>$2,031,878.00</t>
+    <t>$383,484.06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED PARCEL SERVICE INC                                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPS         </t>
+  </si>
+  <si>
+    <t>$366,990.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITEDHEALTH GROUP INC                                                                                                          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNH         </t>
+  </si>
+  <si>
+    <t>$194,825.47</t>
   </si>
   <si>
     <t xml:space="preserve">US DOLLARS                                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">USD         </t>
   </si>
   <si>
-    <t>$7,048,187.03</t>
+    <t>$492,596.30</t>
   </si>
   <si>
     <t xml:space="preserve">VERTEX PHARMACEUTICALS INC                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">VRTX        </t>
   </si>
   <si>
-    <t>$2,937,208.16</t>
+    <t>$299,326.30</t>
   </si>
   <si>
     <t xml:space="preserve">VISA INC                                                                                                                        </t>
   </si>
   <si>
     <t xml:space="preserve">V           </t>
   </si>
   <si>
-    <t>$8,560,722.80</t>
+    <t>$507,525.91</t>
   </si>
   <si>
     <t xml:space="preserve">WEST FRASER TIMBER COM NPV                                                                                                      </t>
   </si>
   <si>
     <t xml:space="preserve">CA    </t>
   </si>
   <si>
-    <t>$2,393,776.71</t>
+    <t>$505,551.36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEYERHAEUSER CO                                                                                                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WY          </t>
+  </si>
+  <si>
+    <t>$419,543.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WORKDAY INC                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WDAY        </t>
+  </si>
+  <si>
+    <t>$401,665.81</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E73"/>
+  <dimension ref="A1:E70"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="0">
-        <v>101633</v>
+        <v>9088</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="0">
-        <v>28907</v>
+        <v>1774</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="0">
-        <v>20666</v>
+        <v>1874</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="0">
-        <v>30593</v>
+        <v>2636</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="0">
-        <v>32490</v>
+        <v>3808</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="0">
-        <v>34777</v>
+        <v>1071</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="0">
-        <v>14069</v>
+        <v>860</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="0">
-        <v>100699</v>
+        <v>365</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="0">
-        <v>7466</v>
+        <v>5592</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="D11" s="0">
-        <v>235497</v>
+        <v>1557</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="0">
-        <v>51077</v>
+        <v>49215</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="0">
-        <v>264533</v>
+        <v>2893</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="D14" s="0">
-        <v>2502</v>
+        <v>14263</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C15" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="0">
+        <v>4276</v>
+      </c>
+      <c r="E15" s="0" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0">
+        <v>7585</v>
+      </c>
+      <c r="E16" s="0" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0">
+        <v>337</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0">
+        <v>1396</v>
+      </c>
+      <c r="E18" s="0" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0">
+        <v>2911</v>
+      </c>
+      <c r="E19" s="0" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0">
+        <v>10105</v>
+      </c>
+      <c r="E20" s="0" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0">
+        <v>4465</v>
+      </c>
+      <c r="E21" s="0" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="0">
+        <v>1641</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="0">
+        <v>6595</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="D24" s="0">
+        <v>1190</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>71</v>
-      </c>
-[...10 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="0">
-        <v>41599</v>
+        <v>6095</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="0">
+        <v>4961</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="D27" s="0">
+        <v>4805</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28" s="0">
+        <v>3434</v>
+      </c>
+      <c r="E28" s="0" t="s">
         <v>82</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>86</v>
+        <v>7</v>
       </c>
       <c r="D29" s="0">
-        <v>19591</v>
+        <v>6912</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>7</v>
+        <v>86</v>
       </c>
       <c r="D30" s="0">
-        <v>78352</v>
+        <v>10091</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D31" s="0">
+        <v>822</v>
+      </c>
+      <c r="E31" s="0" t="s">
         <v>90</v>
-      </c>
-[...10 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="0">
-        <v>50930</v>
+        <v>187</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D33" s="0">
+        <v>1586</v>
+      </c>
+      <c r="E33" s="0" t="s">
         <v>95</v>
-      </c>
-[...10 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="D34" s="0">
+        <v>1079</v>
+      </c>
+      <c r="E34" s="0" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="0">
-        <v>175326</v>
+        <v>800</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C36" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="0">
+        <v>721</v>
+      </c>
+      <c r="E36" s="0" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" s="0">
-        <v>77604</v>
+        <v>1040</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D38" s="0">
-        <v>3558</v>
+        <v>1148</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D39" s="0">
-        <v>5208</v>
+        <v>207</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D40" s="0">
-        <v>24307</v>
+        <v>884</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B41" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="0">
-        <v>5700</v>
+        <v>1811</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="C42" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="0">
+        <v>21100</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="D43" s="0">
+        <v>624</v>
+      </c>
+      <c r="E43" s="0" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" s="0">
-        <v>7047</v>
+        <v>497</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D45" s="0">
-        <v>40817</v>
+        <v>2996</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D46" s="0">
-        <v>16318</v>
+        <v>26570</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D47" s="0">
-        <v>1442</v>
+        <v>5243</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C48" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="0">
+        <v>10732</v>
+      </c>
+      <c r="E48" s="0" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="0">
+        <v>34397</v>
+      </c>
+      <c r="E49" s="0" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="0">
+        <v>912</v>
+      </c>
+      <c r="E50" s="0" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0">
+        <v>6091</v>
+      </c>
+      <c r="E51" s="0" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0">
+        <v>489</v>
+      </c>
+      <c r="E52" s="0" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0">
+        <v>3297</v>
+      </c>
+      <c r="E53" s="0" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0">
+        <v>937</v>
+      </c>
+      <c r="E54" s="0" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="0">
+        <v>9500</v>
+      </c>
+      <c r="E55" s="0" t="s">
         <v>157</v>
-      </c>
-[...10 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D56" s="0">
+        <v>2999</v>
+      </c>
+      <c r="E56" s="0" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="0">
+        <v>15944</v>
+      </c>
+      <c r="E57" s="0" t="s">
         <v>162</v>
-      </c>
-[...10 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D58" s="0">
+        <v>2339</v>
+      </c>
+      <c r="E58" s="0" t="s">
         <v>165</v>
-      </c>
-[...10 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>169</v>
+        <v>7</v>
       </c>
       <c r="D59" s="0">
-        <v>5704</v>
+        <v>119216</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>13</v>
+        <v>169</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>172</v>
+        <v>7</v>
       </c>
       <c r="D60" s="0">
-        <v>101410</v>
+        <v>7118</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>7</v>
+        <v>172</v>
       </c>
       <c r="D61" s="0">
-        <v>64100</v>
+        <v>2141</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62" s="0">
+        <v>4853</v>
+      </c>
+      <c r="E62" s="0" t="s">
         <v>176</v>
-      </c>
-[...10 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="B63" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0">
+        <v>3455</v>
+      </c>
+      <c r="E63" s="0" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0">
+        <v>679</v>
+      </c>
+      <c r="E64" s="0" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="D65" s="0">
+        <v>492596.3</v>
+      </c>
+      <c r="E65" s="0" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66" s="0">
-        <v>53200</v>
+        <v>637</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D67" s="0">
-        <v>6664</v>
+        <v>1577</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>13</v>
+        <v>193</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>193</v>
+        <v>7</v>
       </c>
       <c r="D68" s="0">
-        <v>37622</v>
+        <v>7362</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D69" s="0">
-        <v>8200</v>
+        <v>16274</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D70" s="0">
-        <v>7048187.03</v>
+        <v>2287</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>200</v>
-      </c>
-[...49 lines deleted...]
-        <v>209</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Global Equity CIT Class I - Holdings - January.xlsx</dc:title>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>